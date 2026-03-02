--- v0 (2025-12-25)
+++ v1 (2026-03-02)
@@ -160,111 +160,111 @@
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="4CB759"/>
     <a:srgbClr val="C5922B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{69E9C578-7908-E94A-A297-21A575158AB4}" v="1" dt="2025-12-19T02:54:16.101"/>
+    <p1510:client id="{2CBD4185-ADF4-1047-A0E1-CF9AC3A7C56D}" v="1" dt="2026-02-10T20:34:37.779"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="18526"/>
+    <p:restoredLeft sz="19622"/>
     <p:restoredTop sz="94685"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="92" d="100"/>
-          <a:sy n="92" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="184" y="728"/>
+        <p:origin x="232" y="784"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}" dt="2025-12-19T02:54:16.101" v="1" actId="14826"/>
+      <pc:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}" dt="2026-02-10T20:34:37.779" v="2" actId="14826"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}" dt="2025-12-19T02:54:16.101" v="1" actId="14826"/>
+        <pc:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}" dt="2026-02-10T20:34:37.779" v="2" actId="14826"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="676431934" sldId="256"/>
         </pc:sldMkLst>
         <pc:picChg chg="mod">
-          <ac:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}" dt="2025-12-19T02:54:16.101" v="1" actId="14826"/>
+          <ac:chgData name="Dusty Kennedy" userId="c189fd3f-da02-4e2d-9250-64f00080245b" providerId="ADAL" clId="{50D74A2D-3307-5DEB-8AE3-062377BC4609}" dt="2026-02-10T20:34:37.779" v="2" actId="14826"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="676431934" sldId="256"/>
             <ac:picMk id="5" creationId="{8E80A139-6AEB-3650-EF11-94E81F8B8584}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/comments/modernComment_100_2851883E.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:cmLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:cm id="{3803A7EE-95D9-DC45-9E35-6812126E34AC}" authorId="{265FF64F-2E68-9DF2-4126-DBED60C025D3}" created="2024-04-16T22:19:40.827">
     <pc:sldMkLst xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
       <pc:docMk/>
       <pc:sldMk cId="676431934" sldId="256"/>
     </pc:sldMkLst>
     <p188:txBody>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:p>
         <a:r>
           <a:rPr lang="en-US"/>
@@ -461,51 +461,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5357FC0-7DEE-CDBD-AEE5-81CA987008BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8619022-BC5A-1F42-A298-A9D777453D34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -659,51 +659,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EDE7AFB-3383-E3BD-E411-31A92A0843F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{824E9107-FB7C-DBB5-6F3D-24A5B573A49D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -867,51 +867,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8BB8E5A-C147-A6D0-B981-9904A6CCFCD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B29E983-D64B-DBE6-1A56-2346BDAAC0CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1065,51 +1065,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91464DE0-250D-46F3-16CF-9E04F208F1C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADB8A348-8201-CEF5-3C4A-9F51D82C1F3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1340,51 +1340,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2514B3F-8AE9-16FC-793F-DF5D0E501E4C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BA599FF-4658-EFED-F5EA-4018F2FCBEE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1605,51 +1605,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D717FFDA-D7DD-BA06-3EF9-ADF342EF4D0F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5141E341-6E42-C9F5-CF97-A315EA9DC613}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2017,51 +2017,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4515A55B-3C66-3FAB-74DB-86A0B91FC07A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{347CCCD2-32DD-D541-A7F4-5AA6F2061E7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2158,51 +2158,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3C78D70-E9AB-1E65-E02E-3742F42FF0CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D798917-1A5B-1EE9-32C7-E9CE7E5D7CCE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2271,51 +2271,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6A040A3-4887-D0E9-4A04-E0D1FCEF0ED7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFC80978-A2FA-1CD3-C578-ED6B978B8813}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2582,51 +2582,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C426899F-E7C5-0802-B594-51C703D9F65F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAD27CD7-1A37-D8DE-1C36-46F032E2F498}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2870,51 +2870,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25909884-0689-D04D-586C-AE0C221CF7C7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F11302BD-890F-DA79-615C-09EB6FA280E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3115,51 +3115,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C309A9EF-9508-F84E-BAFC-79CA034B2F3F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/18/25</a:t>
+              <a:t>2/10/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{869C85F5-BEAF-06D0-0E80-F2754B40E8CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4022,56 +4022,58 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5262740c-b43a-441d-80de-33770691cbe7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b1c4d834-6e73-4b1f-b14d-15b491e2a4cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9DEA751B618F24998E4E5DF76627EF6" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a708be0ea4105d7955da74445d6c975c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b1c4d834-6e73-4b1f-b14d-15b491e2a4cc" xmlns:ns3="5262740c-b43a-441d-80de-33770691cbe7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4cef4076cd836ff7c18562bc7230a2d2" ns2:_="" ns3:_="">
     <xsd:import namespace="b1c4d834-6e73-4b1f-b14d-15b491e2a4cc"/>
     <xsd:import namespace="5262740c-b43a-441d-80de-33770691cbe7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -4292,100 +4294,98 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{311484D6-D7A6-4D08-B81B-C660EFB0C7AF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{566C1D0F-1F3C-4FF7-9F3E-17962925F02C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b1c4d834-6e73-4b1f-b14d-15b491e2a4cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5262740c-b43a-441d-80de-33770691cbe7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4246BAC-9BDF-4173-AAA5-AEE0E22C5853}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b1c4d834-6e73-4b1f-b14d-15b491e2a4cc"/>
     <ds:schemaRef ds:uri="5262740c-b43a-441d-80de-33770691cbe7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{566C1D0F-1F3C-4FF7-9F3E-17962925F02C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{311484D6-D7A6-4D08-B81B-C660EFB0C7AF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>10</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>3</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>